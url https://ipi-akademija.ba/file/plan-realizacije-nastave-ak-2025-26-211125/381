--- v0 (2025-12-15)
+++ v1 (2026-03-15)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Korisnik\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C92B96D7-0BDD-46FB-BC2F-406BC2E255AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{341A6C3B-38B6-4D1C-98A3-7A99ED16732B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="419" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="415" uniqueCount="164">
   <si>
     <t>Prva godina</t>
   </si>
   <si>
     <t>Nastavni predmet</t>
   </si>
   <si>
     <t>Ime i prezime</t>
   </si>
   <si>
     <t>Zvanje</t>
   </si>
   <si>
     <t>Semestar</t>
   </si>
   <si>
     <t>Br. časova predavanja</t>
   </si>
   <si>
     <t>Br. časova vježbi</t>
   </si>
   <si>
     <t>ECTS</t>
   </si>
   <si>
@@ -135,53 +135,50 @@
   <si>
     <t>Dr.sc. Zlatan Begić (NP)</t>
   </si>
   <si>
     <t>Uvod u informacione sisteme</t>
   </si>
   <si>
     <t>II</t>
   </si>
   <si>
     <t>Strukture podataka i algoritmi</t>
   </si>
   <si>
     <t>Operativni sistemi</t>
   </si>
   <si>
     <t>Poslovni engleski jezik</t>
   </si>
   <si>
     <t>Dr.sc. Mirnes Avdić (NP)</t>
   </si>
   <si>
     <t>Upravljanje prodajom i pregovaranje</t>
   </si>
   <si>
-    <t>Amela Bešlagić, MA ekonomije (NP)</t>
-[...1 lines deleted...]
-  <si>
     <t>Multimedijske tehnologije</t>
   </si>
   <si>
     <t>Mr.sc. Edin Skokić (NP)</t>
   </si>
   <si>
     <t>Dizajn vizuelnih komunikacija</t>
   </si>
   <si>
     <t>Menadžment</t>
   </si>
   <si>
     <t>Dr. sc. Dino Arnaut (NP)</t>
   </si>
   <si>
     <t>Osnove računovodstva i izvještavanja</t>
   </si>
   <si>
     <t>Druga godina</t>
   </si>
   <si>
     <t>Primjenjeni finansijski menadžment</t>
   </si>
   <si>
     <t>III</t>
@@ -477,90 +474,99 @@
   <si>
     <t>Osnove i tehnike osiguranja</t>
   </si>
   <si>
     <t>Katarina Andrejaš, BA</t>
   </si>
   <si>
     <t>Amina Buljubašić, MA</t>
   </si>
   <si>
     <t>Jasmin Šahinagić, MA</t>
   </si>
   <si>
     <t>Eldina Arapčić Likić, MA</t>
   </si>
   <si>
     <t>Mensur Begić, MA</t>
   </si>
   <si>
     <t>Azra Ahmetović, BA</t>
   </si>
   <si>
     <t>Uvod u analizu podataka</t>
   </si>
   <si>
-    <t>Selma Alić, MA ekonomije (NP)</t>
-[...1 lines deleted...]
-  <si>
     <t>Iner Jamaković, mag. oec.</t>
   </si>
   <si>
     <t>Mahir Pirić, BA</t>
   </si>
   <si>
     <t>Edin Hamzić, BA</t>
   </si>
   <si>
     <t>Eldar Hidanović, BA</t>
   </si>
   <si>
     <t>Almir Mazalović, BA</t>
   </si>
   <si>
     <t>Ahmet Bulić, BA</t>
   </si>
   <si>
     <t>Amina Hadžić, BA</t>
   </si>
   <si>
     <t>Šehić Edina, dipl. ing. inf. teh.</t>
   </si>
   <si>
     <t>Mirza Hadžić, BA</t>
   </si>
   <si>
     <t>Ahmed Bulić, BA</t>
   </si>
   <si>
     <t>Edin Husović, MA prava (NP)</t>
   </si>
   <si>
     <t>Malik Ikanović, MA</t>
   </si>
   <si>
     <t>Nina Terzić, MA</t>
+  </si>
+  <si>
+    <t>Admir Čavalić MA ekonomije (NP)</t>
+  </si>
+  <si>
+    <t>Selma Alić, MA ekonomije</t>
+  </si>
+  <si>
+    <t>Damir Sušić, MA ekonomije (NP)</t>
+  </si>
+  <si>
+    <t>Jasmin Šahinagić, MA (NP)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
@@ -623,51 +629,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF2E74B5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -757,249 +763,268 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thick">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="72">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...46 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1246,4198 +1271,4152 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:P134"/>
+  <dimension ref="A1:P132"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="94" workbookViewId="0">
-      <selection activeCell="N81" sqref="N81"/>
+      <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.109375" style="9" customWidth="1"/>
     <col min="2" max="2" width="33.5546875" style="9" customWidth="1"/>
     <col min="3" max="3" width="12.44140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="7.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="9.109375" style="1"/>
     <col min="6" max="6" width="7.88671875" style="1" customWidth="1"/>
     <col min="7" max="8" width="7.109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="9.109375" style="1"/>
     <col min="10" max="10" width="7.44140625" style="1" customWidth="1"/>
     <col min="11" max="11" width="7.33203125" style="3" customWidth="1"/>
     <col min="12" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="67" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="67"/>
+      <c r="A1" s="70" t="s">
+        <v>133</v>
+      </c>
+      <c r="B1" s="70"/>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
+      <c r="I1" s="70"/>
+      <c r="J1" s="70"/>
+      <c r="K1" s="70"/>
     </row>
     <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="62" t="s">
-[...11 lines deleted...]
-      <c r="K2" s="62"/>
+      <c r="A2" s="61" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="61"/>
+      <c r="C2" s="61"/>
+      <c r="D2" s="61"/>
+      <c r="E2" s="61"/>
+      <c r="F2" s="61"/>
+      <c r="G2" s="61"/>
+      <c r="H2" s="61"/>
+      <c r="I2" s="61"/>
+      <c r="J2" s="61"/>
+      <c r="K2" s="61"/>
     </row>
     <row r="3" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A3" s="61" t="s">
+      <c r="A3" s="44" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="61" t="s">
-[...5 lines deleted...]
-      <c r="D3" s="63" t="s">
+      <c r="B3" s="44" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" s="44" t="s">
+        <v>3</v>
+      </c>
+      <c r="D3" s="62" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="63" t="s">
+      <c r="E3" s="62" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="63" t="s">
-[...3 lines deleted...]
-      <c r="H3" s="63" t="s">
+      <c r="F3" s="62" t="s">
+        <v>6</v>
+      </c>
+      <c r="G3" s="62"/>
+      <c r="H3" s="62" t="s">
         <v>7</v>
       </c>
-      <c r="I3" s="63" t="s">
+      <c r="I3" s="62" t="s">
         <v>5</v>
       </c>
-      <c r="J3" s="63" t="s">
-[...2 lines deleted...]
-      <c r="K3" s="63"/>
+      <c r="J3" s="62" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="62"/>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A4" s="61"/>
-[...3 lines deleted...]
-      <c r="E4" s="63"/>
+      <c r="A4" s="44"/>
+      <c r="B4" s="44"/>
+      <c r="C4" s="44"/>
+      <c r="D4" s="62"/>
+      <c r="E4" s="62"/>
       <c r="F4" s="14" t="s">
         <v>8</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="H4" s="63"/>
-      <c r="I4" s="63"/>
+      <c r="H4" s="62"/>
+      <c r="I4" s="62"/>
       <c r="J4" s="14" t="s">
         <v>8</v>
       </c>
       <c r="K4" s="15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A5" s="42" t="s">
+      <c r="A5" s="40" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="18" t="s">
+      <c r="B5" s="16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" s="40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" s="40">
+        <v>2</v>
+      </c>
+      <c r="F5" s="40">
+        <v>3</v>
+      </c>
+      <c r="G5" s="45">
+        <v>0</v>
+      </c>
+      <c r="H5" s="45">
+        <v>6</v>
+      </c>
+      <c r="I5" s="17">
+        <v>2</v>
+      </c>
+      <c r="J5" s="17">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="K5" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="24" x14ac:dyDescent="0.25">
+      <c r="A6" s="41"/>
+      <c r="B6" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="C6" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" s="41"/>
+      <c r="E6" s="41"/>
+      <c r="F6" s="41"/>
+      <c r="G6" s="46"/>
+      <c r="H6" s="46"/>
+      <c r="I6" s="17">
+        <v>0</v>
+      </c>
+      <c r="J6" s="17">
+        <v>2.8</v>
+      </c>
+      <c r="K6" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A7" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="17">
+        <v>2</v>
+      </c>
+      <c r="F7" s="17">
+        <v>3</v>
+      </c>
+      <c r="G7" s="20">
+        <v>0</v>
+      </c>
+      <c r="H7" s="20">
+        <v>6</v>
+      </c>
+      <c r="I7" s="17">
+        <v>2</v>
+      </c>
+      <c r="J7" s="17">
+        <v>3</v>
+      </c>
+      <c r="K7" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A8" s="42" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="42">
+        <v>2</v>
+      </c>
+      <c r="F8" s="42">
+        <v>3</v>
+      </c>
+      <c r="G8" s="37">
+        <v>0</v>
+      </c>
+      <c r="H8" s="37">
+        <v>6</v>
+      </c>
+      <c r="I8" s="17">
+        <v>2</v>
+      </c>
+      <c r="J8" s="17">
+        <v>6</v>
+      </c>
+      <c r="K8" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A9" s="42"/>
+      <c r="B9" s="17" t="s">
+        <v>147</v>
+      </c>
+      <c r="C9" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" s="42"/>
+      <c r="E9" s="42"/>
+      <c r="F9" s="42"/>
+      <c r="G9" s="37"/>
+      <c r="H9" s="37"/>
+      <c r="I9" s="17">
+        <v>0</v>
+      </c>
+      <c r="J9" s="17">
+        <v>6</v>
+      </c>
+      <c r="K9" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A10" s="42" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" s="17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C10" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="42">
+        <v>2</v>
+      </c>
+      <c r="F10" s="42">
+        <v>1</v>
+      </c>
+      <c r="G10" s="42">
+        <v>2</v>
+      </c>
+      <c r="H10" s="42">
+        <v>6</v>
+      </c>
+      <c r="I10" s="17">
+        <v>2</v>
+      </c>
+      <c r="J10" s="17">
+        <v>0</v>
+      </c>
+      <c r="K10" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="42"/>
+      <c r="B11" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C11" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" s="42"/>
+      <c r="E11" s="42"/>
+      <c r="F11" s="42"/>
+      <c r="G11" s="42"/>
+      <c r="H11" s="42"/>
+      <c r="I11" s="17">
+        <v>0</v>
+      </c>
+      <c r="J11" s="17">
+        <v>3</v>
+      </c>
+      <c r="K11" s="20">
+        <v>4</v>
+      </c>
+      <c r="L11" s="2"/>
+    </row>
+    <row r="12" spans="1:12" s="3" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="42"/>
+      <c r="B12" s="17" t="s">
+        <v>148</v>
+      </c>
+      <c r="C12" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" s="42"/>
+      <c r="E12" s="42"/>
+      <c r="F12" s="42"/>
+      <c r="G12" s="42"/>
+      <c r="H12" s="42"/>
+      <c r="I12" s="17">
+        <v>0</v>
+      </c>
+      <c r="J12" s="17">
+        <v>0</v>
+      </c>
+      <c r="K12" s="20">
+        <v>6</v>
+      </c>
+      <c r="L12" s="5"/>
+    </row>
+    <row r="13" spans="1:12" s="3" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" s="17" t="s">
         <v>130</v>
       </c>
-      <c r="C5" s="19" t="s">
+      <c r="C13" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="16">
+        <v>2</v>
+      </c>
+      <c r="F13" s="16">
+        <v>3</v>
+      </c>
+      <c r="G13" s="16">
+        <v>0</v>
+      </c>
+      <c r="H13" s="16">
+        <v>6</v>
+      </c>
+      <c r="I13" s="17">
+        <v>2</v>
+      </c>
+      <c r="J13" s="17">
+        <v>3</v>
+      </c>
+      <c r="K13" s="20">
+        <v>0</v>
+      </c>
+      <c r="L13" s="5"/>
+    </row>
+    <row r="14" spans="1:12" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="42" t="s">
+        <v>21</v>
+      </c>
+      <c r="B14" s="17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C14" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="D14" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="42">
+        <v>3</v>
+      </c>
+      <c r="F14" s="42">
+        <v>3</v>
+      </c>
+      <c r="G14" s="42">
+        <v>0</v>
+      </c>
+      <c r="H14" s="42">
+        <v>6</v>
+      </c>
+      <c r="I14" s="17">
+        <v>3</v>
+      </c>
+      <c r="J14" s="17">
+        <v>0</v>
+      </c>
+      <c r="K14" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="42"/>
+      <c r="B15" s="17" t="s">
+        <v>149</v>
+      </c>
+      <c r="C15" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="D15" s="42"/>
+      <c r="E15" s="42"/>
+      <c r="F15" s="42"/>
+      <c r="G15" s="42"/>
+      <c r="H15" s="42"/>
+      <c r="I15" s="17">
+        <v>0</v>
+      </c>
+      <c r="J15" s="17">
+        <v>9</v>
+      </c>
+      <c r="K15" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A16" s="40" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="C16" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" s="40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="40">
+        <v>2</v>
+      </c>
+      <c r="F16" s="40">
+        <v>2</v>
+      </c>
+      <c r="G16" s="40">
+        <v>1</v>
+      </c>
+      <c r="H16" s="40">
+        <v>6</v>
+      </c>
+      <c r="I16" s="17">
+        <v>2</v>
+      </c>
+      <c r="J16" s="17">
+        <v>0</v>
+      </c>
+      <c r="K16" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="41"/>
+      <c r="B17" s="17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C17" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D17" s="41"/>
+      <c r="E17" s="41"/>
+      <c r="F17" s="41"/>
+      <c r="G17" s="41"/>
+      <c r="H17" s="41"/>
+      <c r="I17" s="17">
+        <v>0</v>
+      </c>
+      <c r="J17" s="17">
+        <v>2</v>
+      </c>
+      <c r="K17" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="42" t="s">
+        <v>25</v>
+      </c>
+      <c r="B18" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="42">
+        <v>2</v>
+      </c>
+      <c r="F18" s="42">
+        <v>3</v>
+      </c>
+      <c r="G18" s="42">
+        <v>0</v>
+      </c>
+      <c r="H18" s="42">
+        <v>6</v>
+      </c>
+      <c r="I18" s="17">
+        <v>1</v>
+      </c>
+      <c r="J18" s="17">
+        <v>0</v>
+      </c>
+      <c r="K18" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="42"/>
+      <c r="B19" s="17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="D5" s="42" t="s">
-[...26 lines deleted...]
-      <c r="B6" s="18" t="s">
+      <c r="D19" s="42"/>
+      <c r="E19" s="42"/>
+      <c r="F19" s="42"/>
+      <c r="G19" s="42"/>
+      <c r="H19" s="42"/>
+      <c r="I19" s="17">
+        <v>1</v>
+      </c>
+      <c r="J19" s="17">
+        <v>0</v>
+      </c>
+      <c r="K19" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="12.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="63"/>
+      <c r="B20" s="22" t="s">
+        <v>135</v>
+      </c>
+      <c r="C20" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="D20" s="63"/>
+      <c r="E20" s="63"/>
+      <c r="F20" s="63"/>
+      <c r="G20" s="63"/>
+      <c r="H20" s="63"/>
+      <c r="I20" s="22">
+        <v>0</v>
+      </c>
+      <c r="J20" s="22">
+        <v>9</v>
+      </c>
+      <c r="K20" s="28">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="14.4" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="B21" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C21" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" s="41" t="s">
+        <v>28</v>
+      </c>
+      <c r="E21" s="41">
+        <v>2</v>
+      </c>
+      <c r="F21" s="41">
+        <v>3</v>
+      </c>
+      <c r="G21" s="41">
+        <v>0</v>
+      </c>
+      <c r="H21" s="41">
+        <v>6</v>
+      </c>
+      <c r="I21" s="18">
+        <v>2</v>
+      </c>
+      <c r="J21" s="18">
+        <v>6</v>
+      </c>
+      <c r="K21" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="42"/>
+      <c r="B22" s="19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C22" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D22" s="42"/>
+      <c r="E22" s="42"/>
+      <c r="F22" s="42"/>
+      <c r="G22" s="42"/>
+      <c r="H22" s="42"/>
+      <c r="I22" s="17">
+        <v>0</v>
+      </c>
+      <c r="J22" s="17">
+        <v>6</v>
+      </c>
+      <c r="K22" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="42" t="s">
+        <v>29</v>
+      </c>
+      <c r="B23" s="17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C23" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" s="42" t="s">
+        <v>28</v>
+      </c>
+      <c r="E23" s="42">
+        <v>2</v>
+      </c>
+      <c r="F23" s="42">
+        <v>3</v>
+      </c>
+      <c r="G23" s="42">
+        <v>0</v>
+      </c>
+      <c r="H23" s="42">
+        <v>7</v>
+      </c>
+      <c r="I23" s="17">
+        <v>2</v>
+      </c>
+      <c r="J23" s="17">
+        <v>0</v>
+      </c>
+      <c r="K23" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="42"/>
+      <c r="B24" s="17" t="s">
+        <v>150</v>
+      </c>
+      <c r="C24" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D24" s="42"/>
+      <c r="E24" s="42"/>
+      <c r="F24" s="42"/>
+      <c r="G24" s="42"/>
+      <c r="H24" s="42"/>
+      <c r="I24" s="17">
+        <v>0</v>
+      </c>
+      <c r="J24" s="17">
+        <v>9</v>
+      </c>
+      <c r="K24" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="40" t="s">
+        <v>30</v>
+      </c>
+      <c r="B25" s="17" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D25" s="40" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="40">
+        <v>2</v>
+      </c>
+      <c r="F25" s="40">
+        <v>2</v>
+      </c>
+      <c r="G25" s="40">
+        <v>1</v>
+      </c>
+      <c r="H25" s="40">
+        <v>6</v>
+      </c>
+      <c r="I25" s="17">
+        <v>2</v>
+      </c>
+      <c r="J25" s="17">
+        <v>6</v>
+      </c>
+      <c r="K25" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="41"/>
+      <c r="B26" s="17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C26" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D26" s="41"/>
+      <c r="E26" s="41"/>
+      <c r="F26" s="41"/>
+      <c r="G26" s="41"/>
+      <c r="H26" s="41"/>
+      <c r="I26" s="17">
+        <v>0</v>
+      </c>
+      <c r="J26" s="17">
+        <v>0</v>
+      </c>
+      <c r="K26" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="B27" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="C27" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="E27" s="17">
+        <v>2</v>
+      </c>
+      <c r="F27" s="17">
+        <v>2</v>
+      </c>
+      <c r="G27" s="17">
+        <v>0</v>
+      </c>
+      <c r="H27" s="17">
+        <v>5</v>
+      </c>
+      <c r="I27" s="17">
+        <v>2</v>
+      </c>
+      <c r="J27" s="17">
+        <v>8</v>
+      </c>
+      <c r="K27" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="24" x14ac:dyDescent="0.25">
+      <c r="A28" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="B28" s="17" t="s">
+        <v>160</v>
+      </c>
+      <c r="C28" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D28" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="E28" s="17">
+        <v>2</v>
+      </c>
+      <c r="F28" s="17">
+        <v>3</v>
+      </c>
+      <c r="G28" s="17">
+        <v>0</v>
+      </c>
+      <c r="H28" s="17">
+        <v>6</v>
+      </c>
+      <c r="I28" s="17">
+        <v>2</v>
+      </c>
+      <c r="J28" s="17">
+        <v>3</v>
+      </c>
+      <c r="K28" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="40" t="s">
+        <v>34</v>
+      </c>
+      <c r="B29" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="C29" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D29" s="40" t="s">
+        <v>28</v>
+      </c>
+      <c r="E29" s="40">
+        <v>2</v>
+      </c>
+      <c r="F29" s="40">
+        <v>2</v>
+      </c>
+      <c r="G29" s="40">
+        <v>1</v>
+      </c>
+      <c r="H29" s="40">
+        <v>6</v>
+      </c>
+      <c r="I29" s="17">
+        <v>2</v>
+      </c>
+      <c r="J29" s="17">
+        <v>0</v>
+      </c>
+      <c r="K29" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="31.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="41"/>
+      <c r="B30" s="17" t="s">
+        <v>151</v>
+      </c>
+      <c r="C30" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" s="41"/>
+      <c r="E30" s="41"/>
+      <c r="F30" s="41"/>
+      <c r="G30" s="41"/>
+      <c r="H30" s="41"/>
+      <c r="I30" s="17">
+        <v>0</v>
+      </c>
+      <c r="J30" s="17">
+        <v>2</v>
+      </c>
+      <c r="K30" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B31" s="23" t="s">
+        <v>144</v>
+      </c>
+      <c r="C31" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="E31" s="17">
+        <v>2</v>
+      </c>
+      <c r="F31" s="17">
+        <v>3</v>
+      </c>
+      <c r="G31" s="17">
+        <v>0</v>
+      </c>
+      <c r="H31" s="17">
+        <v>7</v>
+      </c>
+      <c r="I31" s="17">
+        <v>2</v>
+      </c>
+      <c r="J31" s="17">
+        <v>6</v>
+      </c>
+      <c r="K31" s="21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="42" t="s">
+        <v>37</v>
+      </c>
+      <c r="B32" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="C32" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" s="42" t="s">
+        <v>28</v>
+      </c>
+      <c r="E32" s="42">
+        <v>2</v>
+      </c>
+      <c r="F32" s="42">
+        <v>3</v>
+      </c>
+      <c r="G32" s="42">
+        <v>0</v>
+      </c>
+      <c r="H32" s="42">
+        <v>6</v>
+      </c>
+      <c r="I32" s="17">
+        <v>2</v>
+      </c>
+      <c r="J32" s="17">
+        <v>3</v>
+      </c>
+      <c r="K32" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="42"/>
+      <c r="B33" s="17" t="s">
+        <v>152</v>
+      </c>
+      <c r="C33" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D33" s="42"/>
+      <c r="E33" s="42"/>
+      <c r="F33" s="42"/>
+      <c r="G33" s="42"/>
+      <c r="H33" s="42"/>
+      <c r="I33" s="17">
+        <v>0</v>
+      </c>
+      <c r="J33" s="17">
+        <v>3</v>
+      </c>
+      <c r="K33" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="40" t="s">
+        <v>39</v>
+      </c>
+      <c r="B34" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C34" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" s="40" t="s">
+        <v>28</v>
+      </c>
+      <c r="E34" s="40">
+        <v>2</v>
+      </c>
+      <c r="F34" s="40">
+        <v>3</v>
+      </c>
+      <c r="G34" s="40">
+        <v>0</v>
+      </c>
+      <c r="H34" s="40">
+        <v>7</v>
+      </c>
+      <c r="I34" s="17">
+        <v>2</v>
+      </c>
+      <c r="J34" s="17">
+        <v>0</v>
+      </c>
+      <c r="K34" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="41"/>
+      <c r="B35" s="17" t="s">
+        <v>153</v>
+      </c>
+      <c r="C35" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="D35" s="41"/>
+      <c r="E35" s="41"/>
+      <c r="F35" s="41"/>
+      <c r="G35" s="41"/>
+      <c r="H35" s="41"/>
+      <c r="I35" s="17">
+        <v>0</v>
+      </c>
+      <c r="J35" s="17">
+        <v>3</v>
+      </c>
+      <c r="K35" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="51" t="s">
+        <v>40</v>
+      </c>
+      <c r="B36" s="52"/>
+      <c r="C36" s="52"/>
+      <c r="D36" s="52"/>
+      <c r="E36" s="52"/>
+      <c r="F36" s="52"/>
+      <c r="G36" s="52"/>
+      <c r="H36" s="52"/>
+      <c r="I36" s="52"/>
+      <c r="J36" s="52"/>
+      <c r="K36" s="53"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="44" t="s">
+        <v>1</v>
+      </c>
+      <c r="B37" s="44" t="s">
+        <v>2</v>
+      </c>
+      <c r="C37" s="44" t="s">
+        <v>3</v>
+      </c>
+      <c r="D37" s="38" t="s">
+        <v>4</v>
+      </c>
+      <c r="E37" s="38" t="s">
+        <v>5</v>
+      </c>
+      <c r="F37" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G37" s="55"/>
+      <c r="H37" s="38" t="s">
+        <v>7</v>
+      </c>
+      <c r="I37" s="38" t="s">
+        <v>5</v>
+      </c>
+      <c r="J37" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="K37" s="55"/>
+    </row>
+    <row r="38" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="44"/>
+      <c r="B38" s="44"/>
+      <c r="C38" s="44"/>
+      <c r="D38" s="39"/>
+      <c r="E38" s="39"/>
+      <c r="F38" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="G38" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H38" s="39"/>
+      <c r="I38" s="39"/>
+      <c r="J38" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="K38" s="6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="42" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="C39" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" s="43" t="s">
+        <v>42</v>
+      </c>
+      <c r="E39" s="37">
+        <v>2</v>
+      </c>
+      <c r="F39" s="37">
+        <v>3</v>
+      </c>
+      <c r="G39" s="37">
+        <v>0</v>
+      </c>
+      <c r="H39" s="37">
+        <v>6</v>
+      </c>
+      <c r="I39" s="26">
+        <v>1</v>
+      </c>
+      <c r="J39" s="26">
+        <v>0</v>
+      </c>
+      <c r="K39" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="42"/>
+      <c r="B40" s="17" t="s">
+        <v>143</v>
+      </c>
+      <c r="C40" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="D40" s="43"/>
+      <c r="E40" s="37"/>
+      <c r="F40" s="37"/>
+      <c r="G40" s="37"/>
+      <c r="H40" s="37"/>
+      <c r="I40" s="26">
+        <v>1</v>
+      </c>
+      <c r="J40" s="26">
+        <v>3</v>
+      </c>
+      <c r="K40" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="42" t="s">
+        <v>43</v>
+      </c>
+      <c r="B41" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="C41" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" s="43" t="s">
+        <v>42</v>
+      </c>
+      <c r="E41" s="37">
+        <v>2</v>
+      </c>
+      <c r="F41" s="37">
+        <v>3</v>
+      </c>
+      <c r="G41" s="37">
+        <v>0</v>
+      </c>
+      <c r="H41" s="37">
+        <v>6</v>
+      </c>
+      <c r="I41" s="26">
+        <v>2</v>
+      </c>
+      <c r="J41" s="26">
+        <v>0</v>
+      </c>
+      <c r="K41" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="42"/>
+      <c r="B42" s="17" t="s">
+        <v>153</v>
+      </c>
+      <c r="C42" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D42" s="43"/>
+      <c r="E42" s="37"/>
+      <c r="F42" s="37"/>
+      <c r="G42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="26">
+        <v>0</v>
+      </c>
+      <c r="J42" s="26">
+        <v>9</v>
+      </c>
+      <c r="K42" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="40" t="s">
+        <v>44</v>
+      </c>
+      <c r="B43" s="17" t="s">
+        <v>45</v>
+      </c>
+      <c r="C43" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D43" s="49" t="s">
+        <v>42</v>
+      </c>
+      <c r="E43" s="45">
+        <v>2</v>
+      </c>
+      <c r="F43" s="45">
+        <v>3</v>
+      </c>
+      <c r="G43" s="45">
+        <v>0</v>
+      </c>
+      <c r="H43" s="45">
+        <v>6</v>
+      </c>
+      <c r="I43" s="26">
+        <v>2</v>
+      </c>
+      <c r="J43" s="26">
+        <v>0</v>
+      </c>
+      <c r="K43" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="41"/>
+      <c r="B44" s="17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C44" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D44" s="50"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="46"/>
+      <c r="I44" s="26">
+        <v>0</v>
+      </c>
+      <c r="J44" s="26">
+        <v>3</v>
+      </c>
+      <c r="K44" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="B45" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C45" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="E45" s="20">
+        <v>2</v>
+      </c>
+      <c r="F45" s="20">
+        <v>3</v>
+      </c>
+      <c r="G45" s="20">
+        <v>0</v>
+      </c>
+      <c r="H45" s="20">
+        <v>6</v>
+      </c>
+      <c r="I45" s="26">
+        <v>2</v>
+      </c>
+      <c r="J45" s="26">
+        <v>3</v>
+      </c>
+      <c r="K45" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="17" t="s">
+        <v>47</v>
+      </c>
+      <c r="B46" s="17" t="s">
+        <v>105</v>
+      </c>
+      <c r="C46" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="E46" s="31">
+        <v>2</v>
+      </c>
+      <c r="F46" s="20">
+        <v>3</v>
+      </c>
+      <c r="G46" s="20">
+        <v>0</v>
+      </c>
+      <c r="H46" s="20">
+        <v>6</v>
+      </c>
+      <c r="I46" s="26">
+        <v>2</v>
+      </c>
+      <c r="J46" s="26">
+        <v>3</v>
+      </c>
+      <c r="K46" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="42" t="s">
+        <v>48</v>
+      </c>
+      <c r="B47" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C47" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D47" s="43" t="s">
+        <v>42</v>
+      </c>
+      <c r="E47" s="37">
+        <v>2</v>
+      </c>
+      <c r="F47" s="37">
+        <v>2</v>
+      </c>
+      <c r="G47" s="37">
+        <v>1</v>
+      </c>
+      <c r="H47" s="37">
+        <v>6</v>
+      </c>
+      <c r="I47" s="26">
+        <v>2</v>
+      </c>
+      <c r="J47" s="26">
+        <v>0</v>
+      </c>
+      <c r="K47" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="42"/>
+      <c r="B48" s="17" t="s">
+        <v>140</v>
+      </c>
+      <c r="C48" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="D48" s="43"/>
+      <c r="E48" s="37"/>
+      <c r="F48" s="37"/>
+      <c r="G48" s="37"/>
+      <c r="H48" s="37"/>
+      <c r="I48" s="26">
+        <v>0</v>
+      </c>
+      <c r="J48" s="26">
+        <v>2</v>
+      </c>
+      <c r="K48" s="26">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="42" t="s">
+        <v>50</v>
+      </c>
+      <c r="B49" s="17" t="s">
+        <v>51</v>
+      </c>
+      <c r="C49" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D49" s="43" t="s">
+        <v>42</v>
+      </c>
+      <c r="E49" s="37">
+        <v>2</v>
+      </c>
+      <c r="F49" s="37">
+        <v>3</v>
+      </c>
+      <c r="G49" s="37">
+        <v>0</v>
+      </c>
+      <c r="H49" s="37">
+        <v>6</v>
+      </c>
+      <c r="I49" s="26">
+        <v>2</v>
+      </c>
+      <c r="J49" s="26">
+        <v>0</v>
+      </c>
+      <c r="K49" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="42"/>
+      <c r="B50" s="17" t="s">
+        <v>154</v>
+      </c>
+      <c r="C50" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="D50" s="43"/>
+      <c r="E50" s="37"/>
+      <c r="F50" s="37"/>
+      <c r="G50" s="37"/>
+      <c r="H50" s="37"/>
+      <c r="I50" s="26">
+        <v>0</v>
+      </c>
+      <c r="J50" s="26">
+        <v>6</v>
+      </c>
+      <c r="K50" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="49" t="s">
+        <v>110</v>
+      </c>
+      <c r="B51" s="17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C51" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D51" s="49" t="s">
+        <v>42</v>
+      </c>
+      <c r="E51" s="45">
+        <v>2</v>
+      </c>
+      <c r="F51" s="45">
+        <v>3</v>
+      </c>
+      <c r="G51" s="45">
+        <v>0</v>
+      </c>
+      <c r="H51" s="45">
+        <v>6</v>
+      </c>
+      <c r="I51" s="26">
+        <v>1.07</v>
+      </c>
+      <c r="J51" s="26">
+        <v>0</v>
+      </c>
+      <c r="K51" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="58"/>
+      <c r="B52" s="17" t="s">
+        <v>159</v>
+      </c>
+      <c r="C52" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D52" s="58"/>
+      <c r="E52" s="68"/>
+      <c r="F52" s="68"/>
+      <c r="G52" s="68"/>
+      <c r="H52" s="68"/>
+      <c r="I52" s="27">
+        <v>0.93</v>
+      </c>
+      <c r="J52" s="27">
+        <v>2.8</v>
+      </c>
+      <c r="K52" s="27">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" ht="23.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="50"/>
+      <c r="B53" s="17" t="s">
+        <v>140</v>
+      </c>
+      <c r="C53" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="D53" s="50"/>
+      <c r="E53" s="46"/>
+      <c r="F53" s="46"/>
+      <c r="G53" s="46"/>
+      <c r="H53" s="46"/>
+      <c r="I53" s="27">
+        <v>0</v>
+      </c>
+      <c r="J53" s="27">
+        <v>6.2</v>
+      </c>
+      <c r="K53" s="27">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" ht="62.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="B54" s="17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C54" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D54" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="E54" s="20">
+        <v>2</v>
+      </c>
+      <c r="F54" s="20">
+        <v>3</v>
+      </c>
+      <c r="G54" s="20">
+        <v>0</v>
+      </c>
+      <c r="H54" s="20">
+        <v>6</v>
+      </c>
+      <c r="I54" s="26">
+        <v>2</v>
+      </c>
+      <c r="J54" s="26">
+        <v>3</v>
+      </c>
+      <c r="K54" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="42" t="s">
+        <v>53</v>
+      </c>
+      <c r="B55" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C55" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D55" s="43" t="s">
+        <v>42</v>
+      </c>
+      <c r="E55" s="37">
+        <v>2</v>
+      </c>
+      <c r="F55" s="37">
+        <v>3</v>
+      </c>
+      <c r="G55" s="37">
+        <v>0</v>
+      </c>
+      <c r="H55" s="37">
+        <v>6</v>
+      </c>
+      <c r="I55" s="26">
+        <v>2</v>
+      </c>
+      <c r="J55" s="26">
+        <v>0</v>
+      </c>
+      <c r="K55" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" ht="24.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="42"/>
+      <c r="B56" s="17" t="s">
+        <v>148</v>
+      </c>
+      <c r="C56" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="D56" s="43"/>
+      <c r="E56" s="37"/>
+      <c r="F56" s="37"/>
+      <c r="G56" s="37"/>
+      <c r="H56" s="37"/>
+      <c r="I56" s="33">
+        <v>0</v>
+      </c>
+      <c r="J56" s="26">
+        <v>6</v>
+      </c>
+      <c r="K56" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="40" t="s">
+        <v>54</v>
+      </c>
+      <c r="B57" s="34" t="s">
+        <v>127</v>
+      </c>
+      <c r="C57" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D57" s="43" t="s">
+        <v>42</v>
+      </c>
+      <c r="E57" s="37">
+        <v>2</v>
+      </c>
+      <c r="F57" s="37">
+        <v>1</v>
+      </c>
+      <c r="G57" s="37">
+        <v>2</v>
+      </c>
+      <c r="H57" s="37">
+        <v>6</v>
+      </c>
+      <c r="I57" s="26">
+        <v>2</v>
+      </c>
+      <c r="J57" s="26">
+        <v>0</v>
+      </c>
+      <c r="K57" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" ht="12.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="56"/>
+      <c r="B58" s="22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C58" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="D58" s="57"/>
+      <c r="E58" s="48"/>
+      <c r="F58" s="48"/>
+      <c r="G58" s="48"/>
+      <c r="H58" s="48"/>
+      <c r="I58" s="35">
+        <v>0</v>
+      </c>
+      <c r="J58" s="35">
+        <v>3</v>
+      </c>
+      <c r="K58" s="35">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" ht="18.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="64" t="s">
+        <v>56</v>
+      </c>
+      <c r="B59" s="18" t="s">
+        <v>162</v>
+      </c>
+      <c r="C59" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D59" s="65" t="s">
+        <v>57</v>
+      </c>
+      <c r="E59" s="66">
+        <v>2</v>
+      </c>
+      <c r="F59" s="66">
+        <v>3</v>
+      </c>
+      <c r="G59" s="66">
+        <v>0</v>
+      </c>
+      <c r="H59" s="66">
+        <v>6</v>
+      </c>
+      <c r="I59" s="27">
+        <v>1.07</v>
+      </c>
+      <c r="J59" s="27">
+        <v>1.6</v>
+      </c>
+      <c r="K59" s="27">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="41"/>
+      <c r="B60" s="18" t="s">
+        <v>161</v>
+      </c>
+      <c r="C60" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D60" s="50"/>
+      <c r="E60" s="46"/>
+      <c r="F60" s="46"/>
+      <c r="G60" s="46"/>
+      <c r="H60" s="46"/>
+      <c r="I60" s="27">
+        <v>0.93</v>
+      </c>
+      <c r="J60" s="27">
+        <v>1.4</v>
+      </c>
+      <c r="K60" s="27">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="42" t="s">
+        <v>58</v>
+      </c>
+      <c r="B61" s="17" t="s">
+        <v>59</v>
+      </c>
+      <c r="C61" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D61" s="43" t="s">
+        <v>57</v>
+      </c>
+      <c r="E61" s="37">
+        <v>2</v>
+      </c>
+      <c r="F61" s="37">
+        <v>3</v>
+      </c>
+      <c r="G61" s="37">
+        <v>0</v>
+      </c>
+      <c r="H61" s="37">
+        <v>6</v>
+      </c>
+      <c r="I61" s="26">
+        <v>2</v>
+      </c>
+      <c r="J61" s="26">
+        <v>0</v>
+      </c>
+      <c r="K61" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="42"/>
+      <c r="B62" s="17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C62" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D62" s="43"/>
+      <c r="E62" s="37"/>
+      <c r="F62" s="37"/>
+      <c r="G62" s="37"/>
+      <c r="H62" s="37"/>
+      <c r="I62" s="26">
+        <v>0</v>
+      </c>
+      <c r="J62" s="26">
+        <v>6</v>
+      </c>
+      <c r="K62" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="42"/>
+      <c r="B63" s="17" t="s">
+        <v>145</v>
+      </c>
+      <c r="C63" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D63" s="43"/>
+      <c r="E63" s="37"/>
+      <c r="F63" s="37"/>
+      <c r="G63" s="37"/>
+      <c r="H63" s="37"/>
+      <c r="I63" s="26">
+        <v>0</v>
+      </c>
+      <c r="J63" s="26">
+        <v>3</v>
+      </c>
+      <c r="K63" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="40" t="s">
+        <v>60</v>
+      </c>
+      <c r="B64" s="34" t="s">
+        <v>127</v>
+      </c>
+      <c r="C64" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D64" s="43" t="s">
+        <v>57</v>
+      </c>
+      <c r="E64" s="37">
+        <v>2</v>
+      </c>
+      <c r="F64" s="37">
+        <v>2</v>
+      </c>
+      <c r="G64" s="37">
+        <v>1</v>
+      </c>
+      <c r="H64" s="37">
+        <v>6</v>
+      </c>
+      <c r="I64" s="26">
+        <v>2</v>
+      </c>
+      <c r="J64" s="26">
+        <v>0</v>
+      </c>
+      <c r="K64" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="41"/>
+      <c r="B65" s="17" t="s">
+        <v>148</v>
+      </c>
+      <c r="C65" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D65" s="43"/>
+      <c r="E65" s="37"/>
+      <c r="F65" s="37"/>
+      <c r="G65" s="37"/>
+      <c r="H65" s="37"/>
+      <c r="I65" s="26">
+        <v>0</v>
+      </c>
+      <c r="J65" s="26">
+        <v>6</v>
+      </c>
+      <c r="K65" s="26">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="42" t="s">
+        <v>61</v>
+      </c>
+      <c r="B66" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C66" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D66" s="43" t="s">
+        <v>57</v>
+      </c>
+      <c r="E66" s="37">
+        <v>2</v>
+      </c>
+      <c r="F66" s="37">
+        <v>3</v>
+      </c>
+      <c r="G66" s="37">
+        <v>0</v>
+      </c>
+      <c r="H66" s="37">
+        <v>6</v>
+      </c>
+      <c r="I66" s="26">
+        <v>2</v>
+      </c>
+      <c r="J66" s="26">
+        <v>0</v>
+      </c>
+      <c r="K66" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="42"/>
+      <c r="B67" s="17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C67" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D67" s="43"/>
+      <c r="E67" s="37"/>
+      <c r="F67" s="37"/>
+      <c r="G67" s="37"/>
+      <c r="H67" s="37"/>
+      <c r="I67" s="26">
+        <v>0</v>
+      </c>
+      <c r="J67" s="26">
+        <v>3</v>
+      </c>
+      <c r="K67" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="40" t="s">
+        <v>62</v>
+      </c>
+      <c r="B68" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C68" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D68" s="43" t="s">
+        <v>57</v>
+      </c>
+      <c r="E68" s="37">
+        <v>2</v>
+      </c>
+      <c r="F68" s="37">
+        <v>2</v>
+      </c>
+      <c r="G68" s="37">
+        <v>1</v>
+      </c>
+      <c r="H68" s="37">
+        <v>6</v>
+      </c>
+      <c r="I68" s="26">
+        <v>2</v>
+      </c>
+      <c r="J68" s="26">
+        <v>0</v>
+      </c>
+      <c r="K68" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="41"/>
+      <c r="B69" s="17" t="s">
+        <v>155</v>
+      </c>
+      <c r="C69" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D69" s="43"/>
+      <c r="E69" s="37"/>
+      <c r="F69" s="37"/>
+      <c r="G69" s="37"/>
+      <c r="H69" s="37"/>
+      <c r="I69" s="26">
+        <v>0</v>
+      </c>
+      <c r="J69" s="26">
+        <v>4</v>
+      </c>
+      <c r="K69" s="26">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="40" t="s">
+        <v>63</v>
+      </c>
+      <c r="B70" s="17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C70" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D70" s="49" t="s">
+        <v>57</v>
+      </c>
+      <c r="E70" s="45">
+        <v>2</v>
+      </c>
+      <c r="F70" s="45">
+        <v>3</v>
+      </c>
+      <c r="G70" s="45">
+        <v>0</v>
+      </c>
+      <c r="H70" s="45">
+        <v>6</v>
+      </c>
+      <c r="I70" s="26">
+        <v>0.67</v>
+      </c>
+      <c r="J70" s="26">
+        <v>0</v>
+      </c>
+      <c r="K70" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="41"/>
+      <c r="B71" s="17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C71" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D71" s="50"/>
+      <c r="E71" s="46"/>
+      <c r="F71" s="46"/>
+      <c r="G71" s="46"/>
+      <c r="H71" s="46"/>
+      <c r="I71" s="26">
+        <v>1.33</v>
+      </c>
+      <c r="J71" s="26">
+        <v>3</v>
+      </c>
+      <c r="K71" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="42" t="s">
+        <v>64</v>
+      </c>
+      <c r="B72" s="17" t="s">
+        <v>65</v>
+      </c>
+      <c r="C72" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D72" s="43" t="s">
+        <v>57</v>
+      </c>
+      <c r="E72" s="37">
+        <v>2</v>
+      </c>
+      <c r="F72" s="37">
+        <v>2</v>
+      </c>
+      <c r="G72" s="37">
+        <v>1</v>
+      </c>
+      <c r="H72" s="37">
+        <v>6</v>
+      </c>
+      <c r="I72" s="26">
+        <v>2</v>
+      </c>
+      <c r="J72" s="26">
+        <v>0</v>
+      </c>
+      <c r="K72" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="42"/>
+      <c r="B73" s="17" t="s">
+        <v>151</v>
+      </c>
+      <c r="C73" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D73" s="43"/>
+      <c r="E73" s="37"/>
+      <c r="F73" s="37"/>
+      <c r="G73" s="37"/>
+      <c r="H73" s="37"/>
+      <c r="I73" s="26">
+        <v>0</v>
+      </c>
+      <c r="J73" s="26">
+        <v>2</v>
+      </c>
+      <c r="K73" s="26">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="40" t="s">
+        <v>66</v>
+      </c>
+      <c r="B74" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C74" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D74" s="49" t="s">
+        <v>57</v>
+      </c>
+      <c r="E74" s="45">
+        <v>2</v>
+      </c>
+      <c r="F74" s="45">
+        <v>2</v>
+      </c>
+      <c r="G74" s="45">
+        <v>1</v>
+      </c>
+      <c r="H74" s="45">
+        <v>6</v>
+      </c>
+      <c r="I74" s="26">
+        <v>2</v>
+      </c>
+      <c r="J74" s="26">
+        <v>0</v>
+      </c>
+      <c r="K74" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" ht="24" x14ac:dyDescent="0.25">
+      <c r="A75" s="41"/>
+      <c r="B75" s="17" t="s">
+        <v>140</v>
+      </c>
+      <c r="C75" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="D75" s="50"/>
+      <c r="E75" s="46"/>
+      <c r="F75" s="46"/>
+      <c r="G75" s="46"/>
+      <c r="H75" s="46"/>
+      <c r="I75" s="26">
+        <v>0</v>
+      </c>
+      <c r="J75" s="26">
+        <v>2</v>
+      </c>
+      <c r="K75" s="26">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="40" t="s">
+        <v>121</v>
+      </c>
+      <c r="B76" s="34" t="s">
+        <v>129</v>
+      </c>
+      <c r="C76" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D76" s="49" t="s">
+        <v>57</v>
+      </c>
+      <c r="E76" s="45">
+        <v>2</v>
+      </c>
+      <c r="F76" s="45">
+        <v>3</v>
+      </c>
+      <c r="G76" s="45">
+        <v>0</v>
+      </c>
+      <c r="H76" s="45">
+        <v>6</v>
+      </c>
+      <c r="I76" s="26">
+        <v>2</v>
+      </c>
+      <c r="J76" s="26">
+        <v>6</v>
+      </c>
+      <c r="K76" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11" ht="24" x14ac:dyDescent="0.25">
+      <c r="A77" s="41"/>
+      <c r="B77" s="19" t="s">
+        <v>140</v>
+      </c>
+      <c r="C77" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="D77" s="50"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="46"/>
+      <c r="H77" s="46"/>
+      <c r="I77" s="26">
+        <v>0</v>
+      </c>
+      <c r="J77" s="26">
+        <v>3</v>
+      </c>
+      <c r="K77" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B78" s="17" t="s">
+        <v>157</v>
+      </c>
+      <c r="C78" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D78" s="29" t="s">
+        <v>57</v>
+      </c>
+      <c r="E78" s="24">
+        <v>2</v>
+      </c>
+      <c r="F78" s="24">
+        <v>3</v>
+      </c>
+      <c r="G78" s="24">
+        <v>0</v>
+      </c>
+      <c r="H78" s="24">
+        <v>6</v>
+      </c>
+      <c r="I78" s="26">
+        <v>2</v>
+      </c>
+      <c r="J78" s="26">
+        <v>3</v>
+      </c>
+      <c r="K78" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79" s="40" t="s">
+        <v>69</v>
+      </c>
+      <c r="B79" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="C79" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D79" s="49" t="s">
+        <v>57</v>
+      </c>
+      <c r="E79" s="45">
+        <v>2</v>
+      </c>
+      <c r="F79" s="45">
+        <v>3</v>
+      </c>
+      <c r="G79" s="45">
+        <v>0</v>
+      </c>
+      <c r="H79" s="45">
+        <v>6</v>
+      </c>
+      <c r="I79" s="26">
+        <v>2</v>
+      </c>
+      <c r="J79" s="26">
+        <v>0</v>
+      </c>
+      <c r="K79" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A80" s="41"/>
+      <c r="B80" s="17" t="s">
+        <v>147</v>
+      </c>
+      <c r="C80" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D80" s="50"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="46"/>
+      <c r="H80" s="46"/>
+      <c r="I80" s="26">
+        <v>0</v>
+      </c>
+      <c r="J80" s="26">
+        <v>3</v>
+      </c>
+      <c r="K80" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="40" t="s">
+        <v>139</v>
+      </c>
+      <c r="B81" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="C81" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D81" s="49" t="s">
+        <v>57</v>
+      </c>
+      <c r="E81" s="45">
+        <v>2</v>
+      </c>
+      <c r="F81" s="45">
+        <v>3</v>
+      </c>
+      <c r="G81" s="45">
+        <v>0</v>
+      </c>
+      <c r="H81" s="45">
+        <v>6</v>
+      </c>
+      <c r="I81" s="26">
+        <v>1.5</v>
+      </c>
+      <c r="J81" s="26">
+        <v>3</v>
+      </c>
+      <c r="K81" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" ht="60.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="41"/>
+      <c r="B82" s="17" t="s">
+        <v>158</v>
+      </c>
+      <c r="C82" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D82" s="50"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="46"/>
+      <c r="H82" s="46"/>
+      <c r="I82" s="26">
+        <v>0.5</v>
+      </c>
+      <c r="J82" s="26">
+        <v>0</v>
+      </c>
+      <c r="K82" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="71" t="s">
+        <v>70</v>
+      </c>
+      <c r="B83" s="61"/>
+      <c r="C83" s="61"/>
+      <c r="D83" s="71"/>
+      <c r="E83" s="71"/>
+      <c r="F83" s="71"/>
+      <c r="G83" s="71"/>
+      <c r="H83" s="71"/>
+      <c r="I83" s="61"/>
+      <c r="J83" s="61"/>
+      <c r="K83" s="61"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A84" s="59" t="s">
+        <v>1</v>
+      </c>
+      <c r="B84" s="59" t="s">
+        <v>2</v>
+      </c>
+      <c r="C84" s="59" t="s">
+        <v>3</v>
+      </c>
+      <c r="D84" s="38" t="s">
+        <v>4</v>
+      </c>
+      <c r="E84" s="38" t="s">
+        <v>5</v>
+      </c>
+      <c r="F84" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G84" s="55"/>
+      <c r="H84" s="38" t="s">
+        <v>7</v>
+      </c>
+      <c r="I84" s="38" t="s">
+        <v>5</v>
+      </c>
+      <c r="J84" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="K84" s="55"/>
+    </row>
+    <row r="85" spans="1:11" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="60"/>
+      <c r="B85" s="60"/>
+      <c r="C85" s="60"/>
+      <c r="D85" s="39"/>
+      <c r="E85" s="39"/>
+      <c r="F85" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="G85" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H85" s="39"/>
+      <c r="I85" s="39"/>
+      <c r="J85" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="K85" s="6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B86" s="17" t="s">
+        <v>72</v>
+      </c>
+      <c r="C86" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D86" s="16" t="s">
+        <v>73</v>
+      </c>
+      <c r="E86" s="16">
+        <v>2</v>
+      </c>
+      <c r="F86" s="16">
+        <v>3</v>
+      </c>
+      <c r="G86" s="24">
+        <v>0</v>
+      </c>
+      <c r="H86" s="24">
+        <v>6</v>
+      </c>
+      <c r="I86" s="24">
+        <v>2</v>
+      </c>
+      <c r="J86" s="24">
+        <v>3</v>
+      </c>
+      <c r="K86" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" ht="24" x14ac:dyDescent="0.25">
+      <c r="A87" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="B87" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C87" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D87" s="17" t="s">
+        <v>73</v>
+      </c>
+      <c r="E87" s="17">
+        <v>2</v>
+      </c>
+      <c r="F87" s="17">
+        <v>3</v>
+      </c>
+      <c r="G87" s="20">
+        <v>0</v>
+      </c>
+      <c r="H87" s="20">
+        <v>6</v>
+      </c>
+      <c r="I87" s="24">
+        <v>2</v>
+      </c>
+      <c r="J87" s="24">
+        <v>3</v>
+      </c>
+      <c r="K87" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="17" t="s">
+        <v>75</v>
+      </c>
+      <c r="B88" s="17" t="s">
+        <v>65</v>
+      </c>
+      <c r="C88" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D88" s="30" t="s">
+        <v>73</v>
+      </c>
+      <c r="E88" s="25">
+        <v>2</v>
+      </c>
+      <c r="F88" s="25">
+        <v>3</v>
+      </c>
+      <c r="G88" s="25">
+        <v>0</v>
+      </c>
+      <c r="H88" s="25">
+        <v>6</v>
+      </c>
+      <c r="I88" s="26">
+        <v>2</v>
+      </c>
+      <c r="J88" s="26">
+        <v>6</v>
+      </c>
+      <c r="K88" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="40" t="s">
+        <v>76</v>
+      </c>
+      <c r="B89" s="17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C89" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D89" s="49" t="s">
+        <v>73</v>
+      </c>
+      <c r="E89" s="45">
+        <v>2</v>
+      </c>
+      <c r="F89" s="45">
+        <v>1</v>
+      </c>
+      <c r="G89" s="45">
+        <v>2</v>
+      </c>
+      <c r="H89" s="45">
+        <v>6</v>
+      </c>
+      <c r="I89" s="26">
+        <v>2</v>
+      </c>
+      <c r="J89" s="26">
+        <v>2</v>
+      </c>
+      <c r="K89" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="41"/>
+      <c r="B90" s="17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C90" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D90" s="50"/>
+      <c r="E90" s="46"/>
+      <c r="F90" s="46"/>
+      <c r="G90" s="46"/>
+      <c r="H90" s="46"/>
+      <c r="I90" s="26">
+        <v>0</v>
+      </c>
+      <c r="J90" s="26">
+        <v>0</v>
+      </c>
+      <c r="K90" s="26">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B91" s="17" t="s">
+        <v>78</v>
+      </c>
+      <c r="C91" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D91" s="30" t="s">
+        <v>73</v>
+      </c>
+      <c r="E91" s="25">
+        <v>2</v>
+      </c>
+      <c r="F91" s="25">
+        <v>3</v>
+      </c>
+      <c r="G91" s="25">
+        <v>0</v>
+      </c>
+      <c r="H91" s="25">
+        <v>6</v>
+      </c>
+      <c r="I91" s="26">
+        <v>2</v>
+      </c>
+      <c r="J91" s="26">
+        <v>6</v>
+      </c>
+      <c r="K91" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="40" t="s">
+        <v>79</v>
+      </c>
+      <c r="B92" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="C92" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D92" s="49" t="s">
+        <v>73</v>
+      </c>
+      <c r="E92" s="45">
+        <v>2</v>
+      </c>
+      <c r="F92" s="45">
+        <v>3</v>
+      </c>
+      <c r="G92" s="45">
+        <v>0</v>
+      </c>
+      <c r="H92" s="45">
+        <v>6</v>
+      </c>
+      <c r="I92" s="26">
+        <v>2</v>
+      </c>
+      <c r="J92" s="26">
+        <v>3</v>
+      </c>
+      <c r="K92" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="41"/>
+      <c r="B93" s="17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C93" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D93" s="50"/>
+      <c r="E93" s="46"/>
+      <c r="F93" s="46"/>
+      <c r="G93" s="46"/>
+      <c r="H93" s="46"/>
+      <c r="I93" s="26">
+        <v>0</v>
+      </c>
+      <c r="J93" s="26">
+        <v>6</v>
+      </c>
+      <c r="K93" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="B94" s="17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C94" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D94" s="16" t="s">
+        <v>73</v>
+      </c>
+      <c r="E94" s="18">
+        <v>2</v>
+      </c>
+      <c r="F94" s="18">
+        <v>3</v>
+      </c>
+      <c r="G94" s="25">
+        <v>0</v>
+      </c>
+      <c r="H94" s="25">
+        <v>6</v>
+      </c>
+      <c r="I94" s="20">
+        <v>2</v>
+      </c>
+      <c r="J94" s="20">
+        <v>3</v>
+      </c>
+      <c r="K94" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="40" t="s">
+        <v>82</v>
+      </c>
+      <c r="B95" s="17" t="s">
+        <v>59</v>
+      </c>
+      <c r="C95" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D95" s="40" t="s">
+        <v>83</v>
+      </c>
+      <c r="E95" s="40">
+        <v>2</v>
+      </c>
+      <c r="F95" s="40">
+        <v>3</v>
+      </c>
+      <c r="G95" s="45">
+        <v>0</v>
+      </c>
+      <c r="H95" s="45">
+        <v>6</v>
+      </c>
+      <c r="I95" s="20">
+        <v>1</v>
+      </c>
+      <c r="J95" s="20">
+        <v>3</v>
+      </c>
+      <c r="K95" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="41"/>
+      <c r="B96" s="17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C96" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D96" s="41"/>
+      <c r="E96" s="41"/>
+      <c r="F96" s="41"/>
+      <c r="G96" s="46"/>
+      <c r="H96" s="46"/>
+      <c r="I96" s="20">
+        <v>1</v>
+      </c>
+      <c r="J96" s="20">
+        <v>6</v>
+      </c>
+      <c r="K96" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A97" s="40" t="s">
+        <v>84</v>
+      </c>
+      <c r="B97" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="C97" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D97" s="40" t="s">
+        <v>73</v>
+      </c>
+      <c r="E97" s="40">
+        <v>2</v>
+      </c>
+      <c r="F97" s="40">
+        <v>3</v>
+      </c>
+      <c r="G97" s="45">
+        <v>0</v>
+      </c>
+      <c r="H97" s="45">
+        <v>6</v>
+      </c>
+      <c r="I97" s="20">
+        <v>2</v>
+      </c>
+      <c r="J97" s="20">
+        <v>3</v>
+      </c>
+      <c r="K97" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A98" s="41"/>
+      <c r="B98" s="17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C98" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D98" s="41"/>
+      <c r="E98" s="41"/>
+      <c r="F98" s="41"/>
+      <c r="G98" s="46"/>
+      <c r="H98" s="46"/>
+      <c r="I98" s="20">
+        <v>0</v>
+      </c>
+      <c r="J98" s="20">
+        <v>6</v>
+      </c>
+      <c r="K98" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A99" s="40" t="s">
+        <v>86</v>
+      </c>
+      <c r="B99" s="17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C99" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D99" s="40" t="s">
+        <v>123</v>
+      </c>
+      <c r="E99" s="40">
+        <v>2</v>
+      </c>
+      <c r="F99" s="40">
+        <v>3</v>
+      </c>
+      <c r="G99" s="45">
+        <v>0</v>
+      </c>
+      <c r="H99" s="45">
+        <v>6</v>
+      </c>
+      <c r="I99" s="20">
+        <v>1</v>
+      </c>
+      <c r="J99" s="20">
+        <v>0</v>
+      </c>
+      <c r="K99" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="47"/>
+      <c r="B100" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="C100" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D100" s="47"/>
+      <c r="E100" s="47"/>
+      <c r="F100" s="47"/>
+      <c r="G100" s="68"/>
+      <c r="H100" s="68"/>
+      <c r="I100" s="20">
+        <v>1</v>
+      </c>
+      <c r="J100" s="20">
+        <v>6</v>
+      </c>
+      <c r="K100" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="41"/>
+      <c r="B101" s="17" t="s">
+        <v>152</v>
+      </c>
+      <c r="C101" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D101" s="41"/>
+      <c r="E101" s="41"/>
+      <c r="F101" s="41"/>
+      <c r="G101" s="46"/>
+      <c r="H101" s="46"/>
+      <c r="I101" s="20">
+        <v>0</v>
+      </c>
+      <c r="J101" s="20">
+        <v>3</v>
+      </c>
+      <c r="K101" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A102" s="40" t="s">
+        <v>87</v>
+      </c>
+      <c r="B102" s="17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C102" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D102" s="47" t="s">
+        <v>123</v>
+      </c>
+      <c r="E102" s="47">
+        <v>2</v>
+      </c>
+      <c r="F102" s="47">
+        <v>1</v>
+      </c>
+      <c r="G102" s="68">
+        <v>2</v>
+      </c>
+      <c r="H102" s="68">
+        <v>6</v>
+      </c>
+      <c r="I102" s="25">
+        <v>2</v>
+      </c>
+      <c r="J102" s="25">
+        <v>3</v>
+      </c>
+      <c r="K102" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A103" s="41"/>
+      <c r="B103" s="17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C103" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D103" s="41"/>
+      <c r="E103" s="41"/>
+      <c r="F103" s="41"/>
+      <c r="G103" s="46"/>
+      <c r="H103" s="46"/>
+      <c r="I103" s="20">
+        <v>0</v>
+      </c>
+      <c r="J103" s="20">
+        <v>0</v>
+      </c>
+      <c r="K103" s="20">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="B104" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C104" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D104" s="16" t="s">
+        <v>73</v>
+      </c>
+      <c r="E104" s="16">
+        <v>2</v>
+      </c>
+      <c r="F104" s="16">
+        <v>3</v>
+      </c>
+      <c r="G104" s="24">
+        <v>0</v>
+      </c>
+      <c r="H104" s="24">
+        <v>6</v>
+      </c>
+      <c r="I104" s="20">
+        <v>2</v>
+      </c>
+      <c r="J104" s="20">
+        <v>3</v>
+      </c>
+      <c r="K104" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B105" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C105" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D105" s="17" t="s">
+        <v>73</v>
+      </c>
+      <c r="E105" s="17">
+        <v>2</v>
+      </c>
+      <c r="F105" s="17">
+        <v>3</v>
+      </c>
+      <c r="G105" s="24">
+        <v>0</v>
+      </c>
+      <c r="H105" s="24">
+        <v>6</v>
+      </c>
+      <c r="I105" s="24">
+        <v>2</v>
+      </c>
+      <c r="J105" s="24">
+        <v>3</v>
+      </c>
+      <c r="K105" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="40" t="s">
+        <v>89</v>
+      </c>
+      <c r="B106" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="C106" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D106" s="40" t="s">
+        <v>73</v>
+      </c>
+      <c r="E106" s="40">
+        <v>2</v>
+      </c>
+      <c r="F106" s="40">
+        <v>2</v>
+      </c>
+      <c r="G106" s="45">
+        <v>1</v>
+      </c>
+      <c r="H106" s="45">
+        <v>6</v>
+      </c>
+      <c r="I106" s="24">
+        <v>2</v>
+      </c>
+      <c r="J106" s="24">
+        <v>0</v>
+      </c>
+      <c r="K106" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="41"/>
+      <c r="B107" s="16" t="s">
+        <v>151</v>
+      </c>
+      <c r="C107" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="D107" s="41"/>
+      <c r="E107" s="41"/>
+      <c r="F107" s="41"/>
+      <c r="G107" s="46"/>
+      <c r="H107" s="46"/>
+      <c r="I107" s="24">
+        <v>0</v>
+      </c>
+      <c r="J107" s="24">
+        <v>2</v>
+      </c>
+      <c r="K107" s="24">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16" ht="24" x14ac:dyDescent="0.25">
+      <c r="A108" s="17" t="s">
+        <v>90</v>
+      </c>
+      <c r="B108" s="17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C108" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D108" s="17" t="s">
+        <v>73</v>
+      </c>
+      <c r="E108" s="17">
+        <v>2</v>
+      </c>
+      <c r="F108" s="17">
+        <v>3</v>
+      </c>
+      <c r="G108" s="20">
+        <v>0</v>
+      </c>
+      <c r="H108" s="20">
+        <v>6</v>
+      </c>
+      <c r="I108" s="20">
+        <v>2</v>
+      </c>
+      <c r="J108" s="20">
+        <v>3</v>
+      </c>
+      <c r="K108" s="20">
+        <v>0</v>
+      </c>
+      <c r="P108" s="7"/>
+    </row>
+    <row r="109" spans="1:16" ht="59.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="22" t="s">
+        <v>92</v>
+      </c>
+      <c r="B109" s="22" t="s">
+        <v>124</v>
+      </c>
+      <c r="C109" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D109" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="E109" s="22">
+        <v>2</v>
+      </c>
+      <c r="F109" s="22">
+        <v>3</v>
+      </c>
+      <c r="G109" s="28">
+        <v>0</v>
+      </c>
+      <c r="H109" s="28">
+        <v>6</v>
+      </c>
+      <c r="I109" s="28">
+        <v>2</v>
+      </c>
+      <c r="J109" s="28">
+        <v>3</v>
+      </c>
+      <c r="K109" s="28">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16" ht="21" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="47" t="s">
+        <v>93</v>
+      </c>
+      <c r="B110" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="C110" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D110" s="47" t="s">
+        <v>94</v>
+      </c>
+      <c r="E110" s="47">
+        <v>2</v>
+      </c>
+      <c r="F110" s="47">
+        <v>2</v>
+      </c>
+      <c r="G110" s="68">
+        <v>1</v>
+      </c>
+      <c r="H110" s="68">
+        <v>6</v>
+      </c>
+      <c r="I110" s="25">
+        <v>2</v>
+      </c>
+      <c r="J110" s="25">
+        <v>0</v>
+      </c>
+      <c r="K110" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16" ht="24" x14ac:dyDescent="0.25">
+      <c r="A111" s="41"/>
+      <c r="B111" s="17" t="s">
+        <v>140</v>
+      </c>
+      <c r="C111" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="D111" s="41"/>
+      <c r="E111" s="41"/>
+      <c r="F111" s="41"/>
+      <c r="G111" s="46"/>
+      <c r="H111" s="46"/>
+      <c r="I111" s="20">
+        <v>0</v>
+      </c>
+      <c r="J111" s="20">
+        <v>2</v>
+      </c>
+      <c r="K111" s="20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A112" s="40" t="s">
+        <v>95</v>
+      </c>
+      <c r="B112" s="17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C112" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D112" s="40" t="s">
+        <v>96</v>
+      </c>
+      <c r="E112" s="40">
+        <v>2</v>
+      </c>
+      <c r="F112" s="40">
+        <v>3</v>
+      </c>
+      <c r="G112" s="45">
+        <v>0</v>
+      </c>
+      <c r="H112" s="45">
+        <v>6</v>
+      </c>
+      <c r="I112" s="20">
+        <v>2</v>
+      </c>
+      <c r="J112" s="20">
+        <v>3</v>
+      </c>
+      <c r="K112" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11" ht="31.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="41"/>
+      <c r="B113" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="C113" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="D113" s="41"/>
+      <c r="E113" s="41"/>
+      <c r="F113" s="41"/>
+      <c r="G113" s="46"/>
+      <c r="H113" s="46"/>
+      <c r="I113" s="24">
+        <v>0</v>
+      </c>
+      <c r="J113" s="24">
+        <v>6</v>
+      </c>
+      <c r="K113" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A114" s="40" t="s">
+        <v>97</v>
+      </c>
+      <c r="B114" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="C114" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D114" s="40" t="s">
+        <v>94</v>
+      </c>
+      <c r="E114" s="40">
+        <v>2</v>
+      </c>
+      <c r="F114" s="40">
+        <v>3</v>
+      </c>
+      <c r="G114" s="45">
+        <v>0</v>
+      </c>
+      <c r="H114" s="45">
+        <v>6</v>
+      </c>
+      <c r="I114" s="24">
+        <v>1</v>
+      </c>
+      <c r="J114" s="24">
+        <v>0</v>
+      </c>
+      <c r="K114" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A115" s="47"/>
+      <c r="B115" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="C115" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D115" s="47"/>
+      <c r="E115" s="47"/>
+      <c r="F115" s="47"/>
+      <c r="G115" s="68"/>
+      <c r="H115" s="68"/>
+      <c r="I115" s="24">
+        <v>1</v>
+      </c>
+      <c r="J115" s="24">
+        <v>0</v>
+      </c>
+      <c r="K115" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="41"/>
+      <c r="B116" s="16" t="s">
+        <v>147</v>
+      </c>
+      <c r="C116" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="D116" s="41"/>
+      <c r="E116" s="41"/>
+      <c r="F116" s="41"/>
+      <c r="G116" s="46"/>
+      <c r="H116" s="46"/>
+      <c r="I116" s="24">
+        <v>0</v>
+      </c>
+      <c r="J116" s="24">
+        <v>3</v>
+      </c>
+      <c r="K116" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="17" t="s">
+        <v>98</v>
+      </c>
+      <c r="B117" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C117" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D117" s="17" t="s">
+        <v>94</v>
+      </c>
+      <c r="E117" s="17">
+        <v>2</v>
+      </c>
+      <c r="F117" s="17">
+        <v>3</v>
+      </c>
+      <c r="G117" s="20">
+        <v>0</v>
+      </c>
+      <c r="H117" s="20">
+        <v>6</v>
+      </c>
+      <c r="I117" s="20">
+        <v>2</v>
+      </c>
+      <c r="J117" s="20">
+        <v>3</v>
+      </c>
+      <c r="K117" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="40" t="s">
+        <v>99</v>
+      </c>
+      <c r="B118" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="C118" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D118" s="40" t="s">
+        <v>101</v>
+      </c>
+      <c r="E118" s="40">
+        <v>2</v>
+      </c>
+      <c r="F118" s="40">
+        <v>3</v>
+      </c>
+      <c r="G118" s="45">
+        <v>0</v>
+      </c>
+      <c r="H118" s="45">
+        <v>6</v>
+      </c>
+      <c r="I118" s="20">
+        <v>2</v>
+      </c>
+      <c r="J118" s="20">
+        <v>0</v>
+      </c>
+      <c r="K118" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A119" s="41"/>
+      <c r="B119" s="17" t="s">
         <v>141</v>
       </c>
-      <c r="C6" s="19" t="s">
-[...24 lines deleted...]
-      <c r="C7" s="23" t="s">
+      <c r="C119" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D119" s="41"/>
+      <c r="E119" s="41"/>
+      <c r="F119" s="41"/>
+      <c r="G119" s="46"/>
+      <c r="H119" s="46"/>
+      <c r="I119" s="20">
+        <v>0</v>
+      </c>
+      <c r="J119" s="20">
+        <v>3</v>
+      </c>
+      <c r="K119" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A120" s="40" t="s">
+        <v>102</v>
+      </c>
+      <c r="B120" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="C120" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="D7" s="19" t="s">
-[...31 lines deleted...]
-      <c r="C8" s="19" t="s">
+      <c r="D120" s="40" t="s">
+        <v>94</v>
+      </c>
+      <c r="E120" s="40">
+        <v>2</v>
+      </c>
+      <c r="F120" s="40">
+        <v>3</v>
+      </c>
+      <c r="G120" s="45">
+        <v>0</v>
+      </c>
+      <c r="H120" s="45">
+        <v>6</v>
+      </c>
+      <c r="I120" s="20">
+        <v>2</v>
+      </c>
+      <c r="J120" s="20">
+        <v>0</v>
+      </c>
+      <c r="K120" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A121" s="41"/>
+      <c r="B121" s="17" t="s">
+        <v>156</v>
+      </c>
+      <c r="C121" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D121" s="41"/>
+      <c r="E121" s="41"/>
+      <c r="F121" s="41"/>
+      <c r="G121" s="46"/>
+      <c r="H121" s="46"/>
+      <c r="I121" s="20">
+        <v>0</v>
+      </c>
+      <c r="J121" s="20">
+        <v>6</v>
+      </c>
+      <c r="K121" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A122" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B122" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="C122" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D122" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E122" s="16">
+        <v>2</v>
+      </c>
+      <c r="F122" s="16">
+        <v>3</v>
+      </c>
+      <c r="G122" s="24">
+        <v>0</v>
+      </c>
+      <c r="H122" s="24">
+        <v>6</v>
+      </c>
+      <c r="I122" s="20">
+        <v>2</v>
+      </c>
+      <c r="J122" s="20">
+        <v>3</v>
+      </c>
+      <c r="K122" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A123" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B123" s="17" t="s">
+        <v>105</v>
+      </c>
+      <c r="C123" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="D8" s="45" t="s">
-[...51 lines deleted...]
-      <c r="B10" s="19" t="s">
+      <c r="D123" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E123" s="16">
+        <v>2</v>
+      </c>
+      <c r="F123" s="16">
+        <v>3</v>
+      </c>
+      <c r="G123" s="24">
+        <v>0</v>
+      </c>
+      <c r="H123" s="24">
+        <v>6</v>
+      </c>
+      <c r="I123" s="20">
+        <v>2</v>
+      </c>
+      <c r="J123" s="20">
+        <v>6</v>
+      </c>
+      <c r="K123" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="40" t="s">
+        <v>106</v>
+      </c>
+      <c r="B124" s="17" t="s">
         <v>119</v>
       </c>
-      <c r="C10" s="19" t="s">
+      <c r="C124" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="D10" s="45" t="s">
-[...5 lines deleted...]
-      <c r="F10" s="45">
+      <c r="D124" s="40" t="s">
+        <v>94</v>
+      </c>
+      <c r="E124" s="40">
+        <v>2</v>
+      </c>
+      <c r="F124" s="40">
         <v>1</v>
       </c>
-      <c r="G10" s="45">
-[...20 lines deleted...]
-      <c r="C11" s="19" t="s">
+      <c r="G124" s="45">
+        <v>2</v>
+      </c>
+      <c r="H124" s="45">
+        <v>6</v>
+      </c>
+      <c r="I124" s="20">
+        <v>2</v>
+      </c>
+      <c r="J124" s="36">
+        <v>0</v>
+      </c>
+      <c r="K124" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="41"/>
+      <c r="B125" s="17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C125" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D125" s="41"/>
+      <c r="E125" s="41"/>
+      <c r="F125" s="41"/>
+      <c r="G125" s="46"/>
+      <c r="H125" s="46"/>
+      <c r="I125" s="20">
+        <v>0</v>
+      </c>
+      <c r="J125" s="20">
+        <v>1</v>
+      </c>
+      <c r="K125" s="20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="40" t="s">
+        <v>146</v>
+      </c>
+      <c r="B126" s="17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C126" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="D11" s="45"/>
-[...17 lines deleted...]
-      <c r="B12" s="19" t="s">
+      <c r="D126" s="40" t="s">
+        <v>96</v>
+      </c>
+      <c r="E126" s="40">
+        <v>2</v>
+      </c>
+      <c r="F126" s="40">
+        <v>1</v>
+      </c>
+      <c r="G126" s="45">
+        <v>2</v>
+      </c>
+      <c r="H126" s="45">
+        <v>6</v>
+      </c>
+      <c r="I126" s="20">
+        <v>2</v>
+      </c>
+      <c r="J126" s="20">
+        <v>3</v>
+      </c>
+      <c r="K126" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="41"/>
+      <c r="B127" s="34" t="s">
         <v>150</v>
       </c>
-      <c r="C12" s="19" t="s">
-[...25 lines deleted...]
-      <c r="C13" s="19" t="s">
+      <c r="C127" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D127" s="41"/>
+      <c r="E127" s="41"/>
+      <c r="F127" s="41"/>
+      <c r="G127" s="46"/>
+      <c r="H127" s="46"/>
+      <c r="I127" s="20">
+        <v>0</v>
+      </c>
+      <c r="J127" s="20">
+        <v>0</v>
+      </c>
+      <c r="K127" s="20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="17" t="s">
+        <v>107</v>
+      </c>
+      <c r="B128" s="17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C128" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="D13" s="18" t="s">
-[...2866 lines deleted...]
-      <c r="A111" s="47" t="s">
+      <c r="D128" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="B111" s="21" t="s">
-[...550 lines deleted...]
-      </c>
+      <c r="E128" s="17">
+        <v>2</v>
+      </c>
+      <c r="F128" s="17">
+        <v>3</v>
+      </c>
+      <c r="G128" s="20">
+        <v>0</v>
+      </c>
+      <c r="H128" s="20">
+        <v>6</v>
+      </c>
+      <c r="I128" s="20">
+        <v>2</v>
+      </c>
+      <c r="J128" s="31">
+        <v>3</v>
+      </c>
+      <c r="K128" s="31">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="10"/>
+      <c r="B129" s="10"/>
+      <c r="C129" s="10"/>
+      <c r="D129" s="10"/>
+      <c r="E129" s="10"/>
+      <c r="F129" s="10"/>
+      <c r="G129" s="11"/>
+      <c r="H129" s="11"/>
+      <c r="I129" s="11"/>
+      <c r="J129" s="12"/>
+      <c r="K129" s="12"/>
     </row>
     <row r="130" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A130" s="19" t="s">
-[...2 lines deleted...]
-      <c r="B130" s="19" t="s">
+      <c r="A130" s="67"/>
+      <c r="B130" s="67"/>
+      <c r="H130" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C130" s="19" t="s">
-[...25 lines deleted...]
-      </c>
     </row>
     <row r="131" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A131" s="10"/>
-[...9 lines deleted...]
-      <c r="K131" s="12"/>
+      <c r="A131" s="8"/>
+      <c r="B131" s="8"/>
+      <c r="G131" s="4"/>
+      <c r="H131" s="4"/>
+      <c r="I131" s="4"/>
+      <c r="J131" s="4"/>
+      <c r="K131" s="1"/>
     </row>
     <row r="132" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A132" s="66"/>
-[...21 lines deleted...]
-      <c r="K134" s="1"/>
+      <c r="G132" s="69" t="s">
+        <v>134</v>
+      </c>
+      <c r="H132" s="69"/>
+      <c r="I132" s="69"/>
+      <c r="J132" s="69"/>
+      <c r="K132" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="303">
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="H5:H6"/>
-    <mergeCell ref="E98:E99"/>
-[...5 lines deleted...]
-    <mergeCell ref="H68:H70"/>
+    <mergeCell ref="H34:H35"/>
+    <mergeCell ref="F37:G37"/>
+    <mergeCell ref="E37:E38"/>
+    <mergeCell ref="F34:F35"/>
+    <mergeCell ref="G34:G35"/>
+    <mergeCell ref="F32:F33"/>
+    <mergeCell ref="G14:G15"/>
+    <mergeCell ref="E18:E20"/>
+    <mergeCell ref="F18:F20"/>
+    <mergeCell ref="G43:G44"/>
+    <mergeCell ref="D41:D42"/>
+    <mergeCell ref="D47:D48"/>
+    <mergeCell ref="D25:D26"/>
+    <mergeCell ref="E25:E26"/>
+    <mergeCell ref="F25:F26"/>
+    <mergeCell ref="G25:G26"/>
+    <mergeCell ref="H25:H26"/>
+    <mergeCell ref="A68:A69"/>
+    <mergeCell ref="H59:H60"/>
+    <mergeCell ref="E49:E50"/>
+    <mergeCell ref="F57:F58"/>
+    <mergeCell ref="G49:G50"/>
+    <mergeCell ref="D72:D73"/>
+    <mergeCell ref="A72:A73"/>
+    <mergeCell ref="D70:D71"/>
+    <mergeCell ref="A76:A77"/>
+    <mergeCell ref="H51:H53"/>
+    <mergeCell ref="G47:G48"/>
+    <mergeCell ref="G51:G53"/>
+    <mergeCell ref="F51:F53"/>
+    <mergeCell ref="E51:E53"/>
+    <mergeCell ref="D51:D53"/>
+    <mergeCell ref="H57:H58"/>
+    <mergeCell ref="H70:H71"/>
+    <mergeCell ref="H68:H69"/>
     <mergeCell ref="G66:G67"/>
     <mergeCell ref="G64:G65"/>
-    <mergeCell ref="G68:G70"/>
-[...3 lines deleted...]
-    <mergeCell ref="H73:H74"/>
+    <mergeCell ref="G68:G69"/>
+    <mergeCell ref="G70:G71"/>
+    <mergeCell ref="E84:E85"/>
+    <mergeCell ref="E79:E80"/>
+    <mergeCell ref="H72:H73"/>
     <mergeCell ref="E66:E67"/>
-    <mergeCell ref="D85:D86"/>
-[...31 lines deleted...]
-    <mergeCell ref="G90:G91"/>
+    <mergeCell ref="E72:E73"/>
+    <mergeCell ref="E81:E82"/>
+    <mergeCell ref="F81:F82"/>
+    <mergeCell ref="G81:G82"/>
+    <mergeCell ref="G79:G80"/>
+    <mergeCell ref="F79:F80"/>
+    <mergeCell ref="F70:F71"/>
+    <mergeCell ref="E70:E71"/>
     <mergeCell ref="A1:K1"/>
-    <mergeCell ref="A84:K84"/>
+    <mergeCell ref="A83:K83"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="H10:H12"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="H8:H9"/>
     <mergeCell ref="H14:H15"/>
     <mergeCell ref="F14:F15"/>
-    <mergeCell ref="D25:D27"/>
     <mergeCell ref="E8:E9"/>
     <mergeCell ref="F8:F9"/>
     <mergeCell ref="E64:E65"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="G23:G24"/>
     <mergeCell ref="F23:F24"/>
-    <mergeCell ref="G42:G43"/>
+    <mergeCell ref="G41:G42"/>
     <mergeCell ref="H23:H24"/>
-    <mergeCell ref="E25:E27"/>
-[...42 lines deleted...]
-    <mergeCell ref="H58:H59"/>
+    <mergeCell ref="H81:H82"/>
+    <mergeCell ref="E76:E77"/>
+    <mergeCell ref="F76:F77"/>
+    <mergeCell ref="G76:G77"/>
+    <mergeCell ref="H76:H77"/>
+    <mergeCell ref="H47:H48"/>
+    <mergeCell ref="H49:H50"/>
+    <mergeCell ref="G132:J132"/>
+    <mergeCell ref="H112:H113"/>
+    <mergeCell ref="H92:H93"/>
+    <mergeCell ref="H95:H96"/>
+    <mergeCell ref="H99:H101"/>
+    <mergeCell ref="G97:G98"/>
+    <mergeCell ref="H97:H98"/>
+    <mergeCell ref="H43:H44"/>
+    <mergeCell ref="E29:E30"/>
+    <mergeCell ref="H89:H90"/>
+    <mergeCell ref="F92:F93"/>
+    <mergeCell ref="F99:F101"/>
+    <mergeCell ref="G99:G101"/>
+    <mergeCell ref="H110:H111"/>
+    <mergeCell ref="H106:H107"/>
+    <mergeCell ref="H102:H103"/>
+    <mergeCell ref="G102:G103"/>
+    <mergeCell ref="E95:E96"/>
     <mergeCell ref="H64:H65"/>
     <mergeCell ref="H66:H67"/>
-    <mergeCell ref="H56:H57"/>
-[...30 lines deleted...]
-    <mergeCell ref="E73:E74"/>
+    <mergeCell ref="H55:H56"/>
+    <mergeCell ref="E99:E101"/>
+    <mergeCell ref="E92:E93"/>
+    <mergeCell ref="E89:E90"/>
+    <mergeCell ref="H126:H127"/>
+    <mergeCell ref="A124:A125"/>
+    <mergeCell ref="D124:D125"/>
+    <mergeCell ref="E124:E125"/>
+    <mergeCell ref="F124:F125"/>
+    <mergeCell ref="G124:G125"/>
+    <mergeCell ref="H124:H125"/>
+    <mergeCell ref="E112:E113"/>
+    <mergeCell ref="F112:F113"/>
+    <mergeCell ref="H114:H116"/>
+    <mergeCell ref="H120:H121"/>
+    <mergeCell ref="G118:G119"/>
+    <mergeCell ref="H118:H119"/>
+    <mergeCell ref="A114:A116"/>
+    <mergeCell ref="D114:D116"/>
+    <mergeCell ref="E114:E116"/>
+    <mergeCell ref="F114:F116"/>
+    <mergeCell ref="G114:G116"/>
+    <mergeCell ref="A112:A113"/>
+    <mergeCell ref="A130:B130"/>
+    <mergeCell ref="A120:A121"/>
+    <mergeCell ref="A126:A127"/>
+    <mergeCell ref="D126:D127"/>
+    <mergeCell ref="E126:E127"/>
+    <mergeCell ref="F126:F127"/>
+    <mergeCell ref="G126:G127"/>
+    <mergeCell ref="A99:A101"/>
+    <mergeCell ref="A106:A107"/>
+    <mergeCell ref="F120:F121"/>
+    <mergeCell ref="E120:E121"/>
+    <mergeCell ref="D120:D121"/>
+    <mergeCell ref="G120:G121"/>
+    <mergeCell ref="D112:D113"/>
+    <mergeCell ref="G112:G113"/>
+    <mergeCell ref="E102:E103"/>
+    <mergeCell ref="F106:F107"/>
+    <mergeCell ref="F110:F111"/>
+    <mergeCell ref="G110:G111"/>
+    <mergeCell ref="A102:A103"/>
+    <mergeCell ref="A118:A119"/>
+    <mergeCell ref="D118:D119"/>
+    <mergeCell ref="E118:E119"/>
+    <mergeCell ref="F118:F119"/>
+    <mergeCell ref="A25:A26"/>
+    <mergeCell ref="D106:D107"/>
+    <mergeCell ref="G89:G90"/>
+    <mergeCell ref="A89:A90"/>
+    <mergeCell ref="A95:A96"/>
+    <mergeCell ref="D99:D101"/>
+    <mergeCell ref="A110:A111"/>
+    <mergeCell ref="D110:D111"/>
+    <mergeCell ref="E110:E111"/>
+    <mergeCell ref="D102:D103"/>
+    <mergeCell ref="A97:A98"/>
+    <mergeCell ref="A92:A93"/>
+    <mergeCell ref="D97:D98"/>
+    <mergeCell ref="D84:D85"/>
+    <mergeCell ref="D95:D96"/>
+    <mergeCell ref="G32:G33"/>
+    <mergeCell ref="G29:G30"/>
+    <mergeCell ref="G39:G40"/>
+    <mergeCell ref="E34:E35"/>
+    <mergeCell ref="G59:G60"/>
+    <mergeCell ref="A70:A71"/>
+    <mergeCell ref="A61:A63"/>
+    <mergeCell ref="A79:A80"/>
+    <mergeCell ref="D79:D80"/>
+    <mergeCell ref="F68:F69"/>
+    <mergeCell ref="F39:F40"/>
+    <mergeCell ref="E39:E40"/>
+    <mergeCell ref="E43:E44"/>
+    <mergeCell ref="F43:F44"/>
+    <mergeCell ref="E41:E42"/>
+    <mergeCell ref="F41:F42"/>
     <mergeCell ref="E61:E63"/>
     <mergeCell ref="F61:F63"/>
-    <mergeCell ref="F56:F57"/>
-[...2 lines deleted...]
-    <mergeCell ref="E58:E59"/>
+    <mergeCell ref="F55:F56"/>
+    <mergeCell ref="F47:F48"/>
+    <mergeCell ref="E47:E48"/>
+    <mergeCell ref="E57:E58"/>
     <mergeCell ref="F66:F67"/>
-    <mergeCell ref="E50:E51"/>
-[...3 lines deleted...]
-    <mergeCell ref="G50:G51"/>
+    <mergeCell ref="F49:F50"/>
+    <mergeCell ref="E68:E69"/>
+    <mergeCell ref="E59:E60"/>
+    <mergeCell ref="F59:F60"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="A18:A20"/>
     <mergeCell ref="D18:D20"/>
     <mergeCell ref="J3:K3"/>
     <mergeCell ref="H18:H20"/>
     <mergeCell ref="G8:G9"/>
     <mergeCell ref="A10:A12"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="A14:A15"/>
     <mergeCell ref="D10:D12"/>
     <mergeCell ref="F10:F12"/>
     <mergeCell ref="G10:G12"/>
     <mergeCell ref="E10:E12"/>
     <mergeCell ref="G18:G20"/>
     <mergeCell ref="D14:D15"/>
     <mergeCell ref="G16:G17"/>
     <mergeCell ref="H16:H17"/>
     <mergeCell ref="E14:E15"/>
     <mergeCell ref="A5:A6"/>
-    <mergeCell ref="I85:I86"/>
-[...4 lines deleted...]
-    <mergeCell ref="G73:G74"/>
+    <mergeCell ref="I84:I85"/>
+    <mergeCell ref="J84:K84"/>
+    <mergeCell ref="F84:G84"/>
+    <mergeCell ref="F72:F73"/>
+    <mergeCell ref="A55:A56"/>
+    <mergeCell ref="G72:G73"/>
     <mergeCell ref="H61:H63"/>
-    <mergeCell ref="H85:H86"/>
-[...8 lines deleted...]
-    <mergeCell ref="H75:H76"/>
+    <mergeCell ref="H84:H85"/>
+    <mergeCell ref="H79:H80"/>
+    <mergeCell ref="A84:A85"/>
+    <mergeCell ref="B84:B85"/>
+    <mergeCell ref="A74:A75"/>
+    <mergeCell ref="D74:D75"/>
+    <mergeCell ref="E74:E75"/>
+    <mergeCell ref="F74:F75"/>
+    <mergeCell ref="G74:G75"/>
+    <mergeCell ref="H74:H75"/>
     <mergeCell ref="D64:D65"/>
     <mergeCell ref="D61:D63"/>
-    <mergeCell ref="D40:D41"/>
-[...13 lines deleted...]
-    <mergeCell ref="C85:C86"/>
+    <mergeCell ref="C84:C85"/>
+    <mergeCell ref="A81:A82"/>
+    <mergeCell ref="D81:D82"/>
+    <mergeCell ref="D76:D77"/>
+    <mergeCell ref="E55:E56"/>
+    <mergeCell ref="A41:A42"/>
+    <mergeCell ref="D37:D38"/>
+    <mergeCell ref="A37:A38"/>
     <mergeCell ref="A66:A67"/>
     <mergeCell ref="D66:D67"/>
     <mergeCell ref="A64:A65"/>
-    <mergeCell ref="A58:A59"/>
-[...33 lines deleted...]
-    <mergeCell ref="A25:A27"/>
+    <mergeCell ref="A57:A58"/>
+    <mergeCell ref="D55:D56"/>
+    <mergeCell ref="A49:A50"/>
+    <mergeCell ref="D57:D58"/>
+    <mergeCell ref="A51:A53"/>
+    <mergeCell ref="A43:A44"/>
+    <mergeCell ref="D43:D44"/>
+    <mergeCell ref="A47:A48"/>
+    <mergeCell ref="D49:D50"/>
+    <mergeCell ref="A39:A40"/>
+    <mergeCell ref="A59:A60"/>
+    <mergeCell ref="D59:D60"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="A23:A24"/>
     <mergeCell ref="A16:A17"/>
     <mergeCell ref="D16:D17"/>
     <mergeCell ref="E16:E17"/>
     <mergeCell ref="F16:F17"/>
     <mergeCell ref="H21:H22"/>
-    <mergeCell ref="G25:G27"/>
     <mergeCell ref="D21:D22"/>
     <mergeCell ref="D23:D24"/>
     <mergeCell ref="G21:G22"/>
     <mergeCell ref="E21:E22"/>
-    <mergeCell ref="A128:A129"/>
-[...30 lines deleted...]
-    <mergeCell ref="G58:G59"/>
+    <mergeCell ref="E23:E24"/>
+    <mergeCell ref="F21:F22"/>
+    <mergeCell ref="A29:A30"/>
+    <mergeCell ref="D29:D30"/>
+    <mergeCell ref="A32:A33"/>
+    <mergeCell ref="A34:A35"/>
+    <mergeCell ref="D34:D35"/>
+    <mergeCell ref="D32:D33"/>
+    <mergeCell ref="A36:K36"/>
+    <mergeCell ref="I37:I38"/>
+    <mergeCell ref="J37:K37"/>
+    <mergeCell ref="H32:H33"/>
+    <mergeCell ref="H29:H30"/>
+    <mergeCell ref="H39:H40"/>
+    <mergeCell ref="H41:H42"/>
+    <mergeCell ref="H37:H38"/>
+    <mergeCell ref="F29:F30"/>
+    <mergeCell ref="E32:E33"/>
+    <mergeCell ref="D39:D40"/>
+    <mergeCell ref="B37:B38"/>
+    <mergeCell ref="C37:C38"/>
+    <mergeCell ref="G106:G107"/>
+    <mergeCell ref="F102:F103"/>
+    <mergeCell ref="G57:G58"/>
     <mergeCell ref="G61:G63"/>
-    <mergeCell ref="G56:G57"/>
+    <mergeCell ref="G55:G56"/>
+    <mergeCell ref="D68:D69"/>
+    <mergeCell ref="E106:E107"/>
+    <mergeCell ref="G92:G93"/>
+    <mergeCell ref="F95:F96"/>
+    <mergeCell ref="G95:G96"/>
+    <mergeCell ref="F89:F90"/>
+    <mergeCell ref="E97:E98"/>
+    <mergeCell ref="F97:F98"/>
+    <mergeCell ref="D92:D93"/>
+    <mergeCell ref="D89:D90"/>
+    <mergeCell ref="F64:F65"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>